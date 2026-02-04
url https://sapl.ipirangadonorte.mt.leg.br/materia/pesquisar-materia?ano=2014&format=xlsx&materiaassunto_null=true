--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -45,51 +45,51 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>EM</t>
+    <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Sérginho Araújo, Professora Susana, Tuco</t>
   </si>
   <si>
     <t>https://sapl.ipirangadonorte.mt.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SUPRIMA &amp;#8211; SE DO ARTIGO 165, CAPÍTULO XII, DO PROJETO DE LEI COMPLEMENTAR Nº 003/2014 DO PODER EXECUTIVO.&amp;#8221;</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.ipirangadonorte.mt.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ADITIVA &amp;#8211; SE O ARTIGO 239, TÍTULO II, CAPÍTULO I, DO PROJETO DE LEI COMPLEMENTAR Nº 005/2014 DO PODER EXECUTIVO.&amp;#8221;</t>
   </si>