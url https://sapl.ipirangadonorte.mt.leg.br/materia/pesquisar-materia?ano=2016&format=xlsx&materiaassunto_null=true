--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -45,51 +45,51 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>EM</t>
+    <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Eluir Cavassin, Tuco</t>
   </si>
   <si>
     <t>https://sapl.ipirangadonorte.mt.leg.br/media/./sapl/public/materialegislativa/2016/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;MODIFIQUE &amp;#8211; SE O ARTIGO 1º &amp;#8220;CAPUT&amp;#8221; DO PROJETO DE LEI Nº 006/2016 DO PODER EXECUTIVO.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.ipirangadonorte.mt.leg.br/media/./sapl/public/materialegislativa/2016/300/300_texto_integral.pdf</t>
   </si>
   <si>