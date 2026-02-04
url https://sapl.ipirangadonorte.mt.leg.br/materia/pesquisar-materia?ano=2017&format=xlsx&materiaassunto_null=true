--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -45,51 +45,51 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>EM</t>
+    <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Eluir Cavassin, Jacir Laureano Maria, Marcos Augusto Vargas, Pedro Alessandro A. Nascimento</t>
   </si>
   <si>
     <t>https://sapl.ipirangadonorte.mt.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA À LEI ORGÂNICA MUNICIPAL Nº 004/2017</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Cleonaldo França, Eluir Cavassin, Fabiano do Povo, Jacir Laureano Maria, Junior P. Federice, Marcos Augusto Vargas, Strada</t>
   </si>
   <si>
     <t>https://sapl.ipirangadonorte.mt.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf</t>
   </si>